--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10515745</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5281/zenodo.10028524</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Einstein Toolkit Tutorial Server</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brandt, Steven; Haas, Roland</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science Gateways 2023 Annual Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Einstein Toolkit is a complex software system for numerical general relativity, a science domain that includes colliding black holes, neutron stars, supernovae, etc. As might be expected for a framework of this size and age (parts of it are over 20 years old), there is a significant learning curve to building it, running it, writing new modules for it, etc. Over the years, the Einstein Toolkit maintainers have given a number of tutorials for new users. In recent years, we have created a tutorial server which allows us to streamline the teaching/learning process through the use of Jupyter notebooks and docker images. In this paper we describe the special considerations and adaptations required by the image and the notebook server that enable us to (1) easily make logins and manage accounts which streamlines both the classroom and the independent study experiences, (2) create a simplified but natural user experience for compiling and developing a complex C&amp;#43;&amp;#43; application, (3) scale to increasing class sizes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2004157</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Zenodo</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Pittsburgh, PA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>