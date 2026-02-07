--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10516042</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>MalwareBench: Malware Samples are Not Enough</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zahan, Nusrat; Burckhardt, Philipp; Lysenko, Mikola; Aboukhadijeh, Feross; Williams, Laurie</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the IEEE/ACM International Conference on Mining Software Repositories (MSR)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The prevalent use of third-party components in modern software development, coupled with rapid modernization and digitization, has significantly amplified the risk of software supply chain security attacks. Popular large registries like npm and PyPI are highly targeted malware distribution channels for attackers due to heavy growth and dependence on third-party components. Industry and academia are working towards building tools to detect malware in the software supply chain. However, a lack of benchmark datasets containing both malware and neutral packages hampers the evaluation of the performance of these malware detection tools. The goal of our study is to aid researchers and tool developers in evaluating and improving malware detection tools by contributing a benchmark dataset built by systematically collecting malicious and neutral packages from the npm and PyPI ecosystems. We present MalwareBench, a labeled dataset of 20,534 packages (of which 6,475 are malicious) of npm and PyPI ecosystems. We constructed the benchmark dataset by incorporating pre-existing malware datasets with the Socket internal benchmark data and including popular and newly released npm and PyPI packages. The ground truth labels of these packages were determined using the Socket AI Scanner and manual inspection.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2207008</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE/ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Lisbon, Portugal</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>