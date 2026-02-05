--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10516556</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3607252</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Optimal Pricing in a Single Server System</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Krishnan_K_S, Ashok; Singh, Chandramani; Maguluri, Siva Theja; Parag, Parimal</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-31T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Modeling and Performance Evaluation of Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 32</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2376-3639</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We study optimal pricing in a single server queue when the customers valuation of service depends on their waiting time. In particular, we consider a very general model, where the customer valuations are random and are sampled from a distribution that depends on the queue length. The goal of the service provider is to set dynamic state dependent prices in order to maximize its revenue, while also managing congestion. We model the problem as a Markov decision process and present structural results on the optimal policy. We also present an algorithm to find an approximate optimal policy. We further present a myopic policy that is easy to evaluate and present bounds on its performance. We finally illustrate the quality of our approximate solution and the myopic solution using numerical simulations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2144316; 2140534</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>