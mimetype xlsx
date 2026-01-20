--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10517419</t>
-[...8 lines deleted...]
-    <t>Dodson, Benjamin</t>
+    <t>10184247</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/jms.4614</t>
+  </si>
+  <si>
+    <t>Integrating Ion Mobility and Imaging Mass Spectrometry for Comprehensive Analysis of Biological Tissues: A brief review and perspective</t>
+  </si>
+  <si>
+    <t>Rivera, Emilio S.; Djambazova, Katerina V.; Neumann, Elizabeth K.; Caprioli, Richard M.; Spraggins, Jeffrey M.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-01-01T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>2157-5045</t>
+    <t>2020-07-04T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Mass Spectrometry</t>
+  </si>
+  <si>
+    <t>e4614</t>
+  </si>
+  <si>
+    <t>1076-5174</t>
+  </si>
+  <si>
+    <t>Imaging mass spectrometry (IMS) technologies are capable of mapping a wide array of biomolecules in diverse cellular and tissue environments.  IMS has emerged as an essential tool for providing spatially targeted molecular information due to its high sensitivity, wide molecular coverage and chemical specificity. One of the major challenges for mapping the complex cellular milieu is the presence of many isomers and isobars present in these samples. This challenge is traditionally addressed using orthogonal LC-based analysis, though, common approaches such as chromatography and electrophoresis are not able to be performed at timescales that are compatible with most imaging applications. Ion mobility offers rapid, gas-phase separations that are readily integrated with IMS workflows in order to provide additional data dimensionality that can improve signal-to-noise, dynamic range, and specificity. Here, we highlight recent examples of ion mobility coupled to imaging mass spectrometry and highlight their importance to the field.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2153750</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1828299</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Analysis and PDE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -296,85 +290,81 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="L2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-[...1 lines deleted...]
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>