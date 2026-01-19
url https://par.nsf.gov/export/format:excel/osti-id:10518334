--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>Stewart, Frank J</t>
   </si>
   <si>
     <t>2023-11-16T05:00:00Z</t>
   </si>
   <si>
     <t>Microbiology Resource Announcements</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2576-098X</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;Here we present the genomes of four marine agarolytic bacteria belonging to the Bacteroidota and Proteobacteria. Two genomes are closed and two are in draft form, but all are at least 99% complete and offer new opportunities to study agar-degradation in marine bacteria.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1945279</t>
+    <t>1945279; 2125191</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>ASM Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>