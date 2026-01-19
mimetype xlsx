--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>Stewart, Frank J</t>
   </si>
   <si>
     <t>2023-11-16T05:00:00Z</t>
   </si>
   <si>
     <t>Microbiology Resource Announcements</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2576-098X</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;Here, we present the draft genome sequence of strain LSUCC0117, a representative of the abundant aquatic BAL58 Betaproteobacteria group which we isolated from a coastal site in the northern Gulf of Mexico. The genome is estimated at over 99% complete, with a genome size of 2,687,225 bp.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1945279</t>
+    <t>1945279; 2125191</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>ASM Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>