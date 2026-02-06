--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10518441</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2023EF004254</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Land Use Change Alters Soil Organic Carbon: Constrained Global Patterns and Predictors</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Huang, Xingzhao; Ibrahim, Muhammed Mustapha; Luo, Yiqi; Jiang, Lifen; Chen, Ji; Hou, Enqing</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Earth's Future</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2328-4277</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Land use change (LUC) alters the global carbon (C) stock, but our estimation of the alteration remains uncertain and is a major impediment to predicting the global C cycle. The uncertainty is partly due to the limited number and geographical bias of observations, and limited exploration of its predictors. Here we generated a comprehensive global database of 5,980 observations from 790 articles. The number of sites evaluated is at least seven times larger than in previous meta‐analyses. Our constrained estimates of different LUC's effects on soil organic C (SOC) and their variations across global climates reveal underestimation/overestimation in previous estimates. Converting forests and grasslands to croplands reduced SOC by 24.5% ± 1.53% (−11.03 ± 1.06 Mg ha&lt;sup&gt;−1&lt;/sup&gt;) and 22.7% ± 1.22% (−8.09 ± 0.67 Mg ha&lt;sup&gt;−1&lt;/sup&gt;), while 28.0% ± 1.56% (4.46 ± 0.42 Mg ha&lt;sup&gt;−1&lt;/sup&gt;) and 33.5% ± 1.68% (5.8 ± 0.38 Mg ha&lt;sup&gt;−1&lt;/sup&gt;) increases, respectively, were obtained in the reverse processes. Converting forests to grasslands decreased SOC by 2.1% ± 1.22% (−1.13 ± 0.44 Mg ha&lt;sup&gt;−1&lt;/sup&gt;), while the reverse process increased SOC by 18.6% ± 1.73% (3.31 ± 0.51 Mg ha&lt;sup&gt;−1&lt;/sup&gt;). Modeled relative importance of 10 drivers of LUC's impact on SOC revealed that higher initial SOC (iSOC) does not solely determine SOC loss in SOC‐negative LUC scenarios as previously proposed. Across four decades, reconverting croplands to forests and grasslands recovered only 49.5% (6.1 ± 0.51 Mg ha&lt;sup&gt;−1&lt;/sup&gt;) and 75.3% (7.0 ± 0.38 Mg ha&lt;sup&gt;−1&lt;/sup&gt;) of the iSOC, respectively, indicating the need for protecting C‐rich ecosystems. Our global data set advances information on LUC's effect on SOC and can be valuable to constrain Earth system models to reliably estimate global SOC stocks and plan climate change mitigation strategies.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655499; 2242034</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Geophysical Union</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>