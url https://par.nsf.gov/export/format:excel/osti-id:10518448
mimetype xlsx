--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10518448</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/gcb.17297</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Convergence in simulating global soil organic carbon by structurally different models after data assimilation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tao, Feng; Houlton, Benjamin Z; Huang, Yuanyuan; Wang, Ying‐Ping; Manzoni, Stefano; Ahrens, Bernhard; Mishra, Umakant; Jiang, Lifen; Huang, Xiaomeng; Luo, Yiqi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Global Change Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1354-1013</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Current biogeochemical models produce carbon–climate feedback projections with large uncertainties, often attributed to their structural differences when simulating soil organic carbon (SOC) dynamics worldwide. However, choices of model parameter values that quantify the strength and represent properties of different soil carbon cycle processes could also contribute to model simulation uncertainties. Here, we demonstrate the critical role of using common observational data in reducing model uncertainty in estimates of global SOC storage. Two structurally different models featuring distinctive carbon pools, decomposition kinetics, and carbon transfer pathways simulate opposite global SOC distributions with their customary parameter values yet converge to similar results after being informed by the same global SOC database using a data assimilation approach. The converged spatial SOC simulations result from similar simulations in key model components such as carbon transfer efficiency, baseline decomposition rate, and environmental effects on carbon fluxes by these two models after data assimilation. Moreover, data assimilation results suggest equally effective simulations of SOC using models following either first‐order or Michaelis–Menten kinetics at the global scale. Nevertheless, a wider range of data with high‐quality control and assurance are needed to further constrain SOC dynamics simulations and reduce unconstrained parameters. New sets of data, such as microbial genomics‐function relationships, may also suggest novel structures to account for in future model development. Overall, our results highlight the importance of observational data in informing model development and constraining model predictions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655499; 2242034</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>