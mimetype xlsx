--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10518569</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3617650.3624951</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Where's the Data? Exploring Datasets in Computing Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kiesler, Natalie; Impagliazzo, John; Biernacka, Katarzyna; Kapoor, Amanpreet; Kazmi, Zain; Ramagoni, Sujeeth Goud; Sane, Aamod; Tran, Keith; Taneja, Shubbhi; Wu, Zihan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-05T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM Conference on Global Computing Education (CompEd 2023)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>209 to 210</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400703744</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This working group aims to identify available datasets within the context of computing education research. One particular area of interest is programming education, and the data in question may include students' steps, progress, or submissions in the form of program code. To achieve this goal, the working group will review well-known data resources and repositories (e.g., DataShop, GitHub, NSF Public Access Repository, and IEEE DataPort) and recent papers published within the SIGCSE community. As a result of the review process, the working group will create an overview of available datasets and characterize them while reflecting on current data practices, challenges, and the consequences of limited access to research data. Additionally, the group intends to propose a path for the community to become more open and move toward open data practices. This proposal highlights the importance of sharing research data within the computing education research community to make it stronger and more productive.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2213789; 2213792</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Hyderabad India</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>