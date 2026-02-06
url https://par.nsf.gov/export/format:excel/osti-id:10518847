--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10518847</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2022.emnlp-main.659</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Late Fusion with Triplet Margin Objective for Multimodal Ideology Prediction and Analysis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Qiu, Changyuan; Wu, Winston; Zhang, Xinliang Frederick; Wang, Lu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>9720 to 9736</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Prior work on ideology prediction has largely focused on single modalities, i.e., text or images. In this work, we introduce the task of multimodal ideology prediction, where a model predicts binary or five-point scale ideological leanings, given a text-image pair with political content. We first collect five new large-scale datasets with English documents and images along with their ideological leanings, covering news articles from a wide range of mainstream media in US and social media posts from Reddit and Twitter. We conduct in-depth analyses on news articles and reveal differences in image content and usage across the political spectrum. Furthermore, we perform extensive experiments and ablation studies, demonstrating the effectiveness of targeted pretraining objectives on different model components. Our best performing model, a late-fusion architecture pretrained with a triplet objective over multimodal content, outperforms the state-of-the-art text-only model by almost 4% and a strong multimodal baseline with no pretraining by over 3%.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2127747</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2022 Conference on Empirical Methods in Natural Language Processing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Abu Dhabi, United Arab Emirates</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>