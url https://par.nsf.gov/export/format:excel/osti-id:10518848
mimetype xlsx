--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10518848</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2022.emnlp-main.676</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Generative Entity-to-Entity Stance Detection with Knowledge Graph Augmentation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Xinliang Frederick; Beauchamp, Nick; Wang, Lu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>9950 to 9969</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Stance detection is typically framed as predicting the sentiment in a given text towards a target entity. However, this setup overlooks the importance of the source entity, i.e., who is expressing the opinion. In this paper, we emphasize the imperative need for studying interactions among entities when inferring stances. We first introduce a new task, entity-to-entity (E2E) stance detection, which primes models to identify entities in their canonical names and discern stances jointly. To support this study, we curate a new dataset with 10,641 annotations labeled at the sentence level from news articles of different ideological leanings. We present a novel generative framework to allow the generation of canonical names for entities as well as stances among them. We further enhance the model with a graph encoder to summarize entity activities and external knowledge surrounding the entities. Experiments show that our model outperforms strong comparisons by large margins. Further analyses demonstrate the usefulness of E2E stance detection for understanding media quotation and stance landscape as well as inferring entity ideology.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2127747</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2022 Conference on Empirical Methods in Natural Language Processing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Abu Dhabi, United Arab Emirates</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>