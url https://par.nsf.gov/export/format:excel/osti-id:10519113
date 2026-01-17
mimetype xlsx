--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -125,63 +125,60 @@
   <si>
     <t>2023-11-01T04:00:00Z</t>
   </si>
   <si>
     <t>1`</t>
   </si>
   <si>
     <t>134-140</t>
   </si>
   <si>
     <t>While proving, and more broadly conceived “reasoning and sense-making,” have received a
 great deal of attention in mathematics education research over the past three decades, recently
 scholars have argued for the importance of justification as a learning and teaching practice. As
 teachers work toward realizing goals for more equitable classroom environments, little is known
 about whether teachers’ conceptions about mathematical practices, such as justification, reflect
 an understanding of how students’ engagement in those practices can support more than just
 mathematical achievement. In this paper, we present findings from our analysis of interviews
 with 10 secondary mathematics teachers engaged in participatory action research to explore
 connections, and potential disconnections, between teachers’ conceptions of justification and
 their visions for equitable instruction.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1620934</t>
+    <t>1620934; 2201859</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Conference Proceeding</t>
   </si>
   <si>
     <t>Proceedings of the forty-fifth annual meeting of the North American Chapter of the International Group for the Psychology of Mathematics Education</t>
-  </si>
-[...1 lines deleted...]
-    <t>University of Nevada, Reno</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -337,48 +334,46 @@
       <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>39</v>
       </c>
-      <c r="X2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>