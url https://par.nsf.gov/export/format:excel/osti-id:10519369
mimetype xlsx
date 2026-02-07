--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10519369</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Efficient Reduction of Feynman Integrals on Supercomputers</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Belitsky, A; Kokosinskaya, A; Smirnov, A; Voevodin, V; Zeng, M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Lobachevskii journal of mathematics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1995-0802</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Feynman integral reduction by means of integration-by-parts identities is a major power gadget in a theorist toolbox indispensable for calculation of multiloop quantum effects relevant for particle phenomenology and formal theory alike. An algorithmic approach consists of solving a large sparse non-square system of homogeneous linear equations with polynomial coefficients. While an analytical way of doing this is legitimate and was pursued for decades, it undoubtedly has its limitations when applied in complicated circumstances. Thus, a complementary framework based on modular arithmetic becomes critical on the way to conquer the current `what is possible' frontier. This calls for use of supercomputers to address the reduction problem. In order to properly utilize these computational resources, one has to efficiently optimize the technique for this purpose. Presently, we discuss and implement various methods which allow us to significantly improve performance of Feynman integral reduction within the FIRE environment.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2207138</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>https://arxiv.org/abs/2402.07499</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>