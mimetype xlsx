--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-06-28T04:00:00Z</t>
   </si>
   <si>
     <t>Science</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>6703</t>
   </si>
   <si>
     <t>1482 to 1488</t>
   </si>
   <si>
     <t>0036-8075</t>
   </si>
   <si>
     <t>&lt;p&gt;Hydrostatic pressure increases with depth in the ocean, but little is known about the molecular bases of biological pressure tolerance. We describe a mode of pressure adaptation in comb jellies (ctenophores) that also constrains these animals’ depth range. Structural analysis of deep-sea ctenophore lipids shows that they form a nonbilayer phase at pressures under which the phase is not typically stable. Lipidomics and all-atom simulations identified phospholipids with strong negative spontaneous curvature, including plasmalogens, as a hallmark of deep-adapted membranes that causes this phase behavior. Synthesis of plasmalogens enhanced pressure tolerance in&lt;italic&gt;Escherichia coli&lt;/italic&gt;, whereas low-curvature lipids had the opposite effect. Imaging of ctenophore tissues indicated that the disintegration of deep-sea animals when decompressed could be driven by a phase transition in their phospholipid membranes.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2046303; 2316458; 2316456; 2316457</t>
+    <t>2046303; 2316458; 2316456; 2316457; 2040022</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Association for the Advancement of Science</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>