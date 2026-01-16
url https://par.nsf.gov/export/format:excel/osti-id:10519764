--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Scientific Data</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2052-4463</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Plant biomass is a fundamental ecosystem attribute that is sensitive to rapid climatic changes occurring in the Arctic. Nevertheless, measuring plant biomass in the Arctic is logistically challenging and resource intensive. Lack of accessible field data hinders efforts to understand the amount, composition, distribution, and changes in plant biomass in these northern ecosystems. Here, we present&lt;italic&gt;The Arctic plant aboveground biomass synthesis dataset&lt;/italic&gt;, which includes field measurements of lichen, bryophyte, herb, shrub, and/or tree aboveground biomass (g m&lt;sup&gt;−2&lt;/sup&gt;) on 2,327 sample plots from 636 field sites in seven countries. We created the synthesis dataset by assembling and harmonizing 32 individual datasets. Aboveground biomass was primarily quantified by harvesting sample plots during mid- to late-summer, though tree and often tall shrub biomass were quantified using surveys and allometric models. Each biomass measurement is associated with metadata including sample date, location, method, data source, and other information. This unique dataset can be leveraged to monitor, map, and model plant biomass across the rapidly warming Arctic.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1936752; 2127273; 2127272; 2019515; 2116862; 2116864; 2224776; 2224743</t>
+    <t>1936752; 2127273; 2127272; 2019515; 2116862; 2116864; 2224776; 2224743; 1928237</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Nature</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>