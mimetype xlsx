--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10520170</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3631588.3631590</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Community-Driven Mobile and Ubiquitous Computing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rothrock, Blaine; Greenlee, Eric; Hester, Josiah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>GetMobile: Mobile Computing and Communications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5 to 9</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2375-0529</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;This article calls for careful, calculated, community-driven co-design of mobile and ubiquitous solutions to bridge the gap in financing and capacity of marginalized communities as they battle for the safety and health of their members. Communities across the globe face incredible challenges to preserve their environment, lifestyle, prosperity, equality, and even democracy. In the past five years, the urgency of multiple global crises, including climate degradation that causes extreme weather and shatters ecosystems and the COVID-19 pandemic that caused a global health crisis and economic upheaval, has threatened an already delicate balance. However, the impacts of these events are uneven - vulnerable, low-income, and marginalized communities have borne the brunt of many of these crises, not having the infrastructure or capacity to address every single gap.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2209226</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>