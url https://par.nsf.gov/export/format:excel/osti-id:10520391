--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10520391</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-031-47658-7_5</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Fostering Interdisciplinary Learning for Elementary Students Through Developing Interactive Digital Stories</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gupta, Anisha; Smith, Andy; Vandenberg, Jessica; ElSayed, Rasha; Fox, Kimkinyona; Minogue, James; Hubbard_Cheuoua, Aleata; Oliver, Kevin; Ringstaff, Cathy; Mott, Bradford</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1611-3349</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-3-031-47657-0</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent years have seen growing awareness of the potential digital storytelling brings to creating engaging K-12 learning experiences. By fostering students’ interdisciplinary knowledge and skills, digital storytelling holds great promise for realizing positive impacts on student learning in language arts as well as STEM subjects. In parallel, researchers and practitioners increasingly acknowledge the importance of computational thinking in supporting K-12 students’ problem solving across subjects and grade levels, including science and elementary school. Integrating the unique affordances of digital storytelling and computational thinking offers significant potential; however, careful attention must be given to ensure students and teachers are properly supported and not overwhelmed. In this paper, we present our work on a narrative-centered learning environment that engages upper elementary students (ages 9 to 11) in computational thinking and physical science through the creation of interactive science narratives. Leveraging log data from a pilot study with 28 students using the learning environment, we analyze the narrative programs students created across multiple dimensions to better understand the nature of the resulting narratives. Furthermore, we examine automating this analysis using artificial intelligence techniques to support real-time adaptive feedback. Results indicate that the learning environment enabled students to create interactive digital stories demonstrating their understanding of physical science, computational thinking, and narrative concepts, while the automated assessment techniques showed promise for enabling real-time feedback and support.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1921495; 1921503</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer, Cham</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Kobe, Japan</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>