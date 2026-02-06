--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10521042</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3613904.3642710</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Designing and Evaluating an Advanced Dance Video Comprehension Tool with In-situ Move Identification Capabilities</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hassan, Saad; De_Lacerda_Pataca, Caluã; Nourian, Laleh; Tigwell, Garreth W; Davis, Briana; Silver_Wagman, Will Zhenya</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 19</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400703300</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Analyzing dance moves and routines is a foundational step in learning dance. Videos are often utilized at this step, and advancements in machine learning, particularly in human-movement recognition, could further assist dance learners. We developed and evaluated a Wizard-of-Oz prototype of a video comprehension tool that offers automatic in-situ dance move identification functionality. Our system design was informed by an interview study involving 12 dancers to understand the challenges they face when trying to comprehend complex dance videos and taking notes. Subsequently, we conducted a within-subject study with 8 Cuban salsa dancers to identify the benefits of our system compared to an existing traditional feature-based search system. We found that the quality of notes taken by participants improved when using our tool, and they reported a lower workload. Based on participants’ interactions with our system, we offer recommendations on how an AI-powered span-search feature can enhance dance video comprehension tools.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1954284; 2125362; 2212303; 2235405</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Honolulu HI USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>