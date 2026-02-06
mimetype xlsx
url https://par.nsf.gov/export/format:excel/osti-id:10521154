--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10521154</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Joint parameter and parameterization inference with uncertainty quantification through differentiable programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Qu, Y; Bhouri, M A; Gentine, P</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Accurate representations of unknown and sub-grid physical processes through parameterizations (or closure) in numerical simulations with quantified uncertainty are critical for resolving the coarse-grained partial differential equations that govern many problems ranging from weather and climate prediction to turbulence simulations. Recent advances have seen machine learning (ML) increasingly applied to model these subgrid processes, resulting in the development of hybrid physics-ML models through the integration with numerical solvers. In this work, we introduce a novel framework for the joint estimation and uncertainty quantification of physical parameters and machine learning parameterizations in tandem, leveraging differentiable programming. Achieved through online training and efficient Bayesian inference within a high-dimensional parameter space, this approach is enabled by the capabilities of differentiable programming. This proof of concept underscores the substantial potential of differentiable programming in synergistically combining machine learning with differential equations, thereby enhancing the capabilities of hybrid physics-ML modeling.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2218197</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ICLR</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Vienna, Austria</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>