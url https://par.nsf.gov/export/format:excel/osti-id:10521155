--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10521155</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1063/5.0131929</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Memory-based parameterization with differentiable solver: Application to Lorenz ’96</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bhouri, Mohamed Aziz; Gentine, Pierre</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Chaos: An Interdisciplinary Journal of Nonlinear Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1054-1500</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Physical parameterizations (or closures) are used as representations of unresolved subgrid processes within weather and global climate models or coarse-scale turbulent models, whose resolutions are too coarse to resolve small-scale processes. These parameterizations are typically grounded on physically based, yet empirical, representations of the underlying small-scale processes. Machine learning-based parameterizations have recently been proposed as an alternative solution and have shown great promise to reduce uncertainties associated with the parameterization of small-scale processes. Yet, those approaches still show some important mismatches that are often attributed to the stochasticity of the considered process. This stochasticity can be due to coarse temporal resolution, unresolved variables, or simply to the inherent chaotic nature of the process. To address these issues, we propose a new type of parameterization (closure), which is built using memory-based neural networks, to account for the non-instantaneous response of the closure and to enhance its stability and prediction accuracy. We apply the proposed memory-based parameterization, with differentiable solver, to the Lorenz ’96 model in the presence of a coarse temporal resolution and show its capacity to predict skillful forecasts over a long time horizon of the resolved variables compared to instantaneous parameterizations. This approach paves the way for the use of memory-based parameterizations for closure problems.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2218197</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AIP Publishing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>