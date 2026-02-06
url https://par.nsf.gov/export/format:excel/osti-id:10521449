--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10521449</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reliable Interval Prediction of Minimum Operating Voltage Based on On-Chip Monitors via Conformalized Quantile Regression</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yin, Yuxuan; Wang, Xiaoxiao; Chen, Rebecca; He, Chen; Li, Peng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1530-1591</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-4860-6</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Predicting the minimum operating voltage Vmin of chips is one of the important techniques for improving the manufacturing testing flow, as well as ensuring the long-term reliability and safety of in-field systems. Current Vmin prediction methods often provide only point estimates, necessitating additional techniques for constructing prediction confidence intervals to cover uncertainties caused by different sources of variations. While some existing techniques offer region predictions, but they rely on certain distributional assumptions and/or provide no coverage guarantees. In response to these limitations, we propose a novel distribution-free Vmin interval estimation methodology possessing a theoretical guarantee of coverage. Our approach leverages conformalized quantile regression and on-chip monitors to generate reliable prediction intervals. We demonstrate the effectiveness of the proposed method on an industrial 5nm automotive chip dataset. Moreover, we show that the use of on-chip monitors can reduce the interval length significantly for Vmin prediction.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1956313</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>2024 IEEE/ACM Design, Automation &amp; Test in Europe Conference &amp; Exhibition (DATE)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>