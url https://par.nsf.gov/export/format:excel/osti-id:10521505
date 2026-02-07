--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10521505</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>High-Dimensional Bayesian Optimization via Semi-Supervised Learning with Optimized Unlabeled Data Sampling</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yin, Yuxuan; Wang, Yu; Li, Peng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2640-3498</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We introduce a novel semi-supervised learning approach, named Teacher-Student Bayesian Optimization TSBO, integrating the teacher-student paradigm into BO to minimize expensive labeled data queries for the first time. TSBO incorporates a teacher model, an unlabeled data sampler, and a student model. The student is trained on unlabeled data locations generated by the sampler, with pseudo labels predicted by the teacher. The interplay between these three components implements a unique selective regularization to the teacher in the form of student feedback. This scheme enables the teacher to predict high-quality pseudo labels, enhancing the generalization of the GP surrogate model in the search space. To fully exploit TSBO, we propose two optimized unlabeled data samplers to construct effective student feedback that well aligns with the objective of Bayesian optimization. Furthermore, we quantify and leverage the uncertainty of the teacher-student model for the provision of reliable feedback to the teacher in the presence of risky pseudo-label predictions. TSBO demonstrates significantly improved sample-efficiency in several global optimization tasks under tight labeled data budgets. The implementation is available at https://github.com/reminiscenty/TSBO-Official.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1956313</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Conference on Machine Learning (ICML) - Proceedings of Machine Learning Research</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>