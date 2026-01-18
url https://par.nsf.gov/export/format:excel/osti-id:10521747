--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -116,51 +116,51 @@
   <si>
     <t>The interplay of density functional selection and crystal structure for accurate NMR chemical shift predictions</t>
   </si>
   <si>
     <t>Ramos, Sebastian A; Mueller, Leonard J; Beran, Gregory_J O</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Faraday Discussions</t>
   </si>
   <si>
     <t>1359-6640</t>
   </si>
   <si>
     <t>&lt;p&gt;Ab initio chemical shift prediction plays a central role in nuclear magnetic resonance (NMR) crystallography, and the accuracy with which chemical shifts can be predicted relative to experiment impacts the...&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1955554</t>
+    <t>1955554; 2215705</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Royal Society of Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>