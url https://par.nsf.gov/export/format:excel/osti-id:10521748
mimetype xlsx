--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Acta Crystallographica Section B Structural Science, Crystal Engineering and Materials</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>606 to 619</t>
   </si>
   <si>
     <t>2052-5206</t>
   </si>
   <si>
     <t>&lt;p&gt;Accurate modeling of conformational energies is key to the crystal structure prediction of conformational polymorphs. Focusing on molecules XXXI and XXXII from the seventh blind test of crystal structure prediction, this study employs various electronic structure methods up to the level of domain-local pair natural orbital coupled cluster singles and doubles with perturbative triples [DLPNO-CCSD(T1)] to benchmark the conformational energies and to assess their impact on the crystal energy landscapes. Molecule XXXI proves to be a relatively straightforward case, with the conformational energies from generalized gradient approximation (GGA) functional B86bPBE-XDM changing only modestly when using more advanced density functionals such as PBE0-D4, ωB97M-V, and revDSD-PBEP86-D4, dispersion-corrected second-order Møller–Plesset perturbation theory (SCS-MP2D), or DLPNO-CCSD(T1). In contrast, the conformational energies of molecule XXXII prove difficult to determine reliably, and variations in the computed conformational energies appreciably impact the crystal energy landscape. Even high-level methods such as revDSD-PBEP86-D4 and SCS-MP2D exhibit significant disagreements with the DLPNO-CCSD(T1) benchmarks for molecule XXXII, highlighting the difficulty of predicting conformational energies for complex, drug-like molecules. The best-converged predicted crystal energy landscape obtained here for molecule XXXII disagrees significantly with what has been inferred about the solid-form landscape experimentally. The identified limitations of the calculations are probably insufficient to account for the discrepancies between theory and experiment on molecule XXXII, and further investigation of the experimental solid-form landscape would be valuable. Finally, assessment of several semi-empirical methods finds&lt;italic&gt;r&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt;SCAN-3c to be the most promising, with conformational energy accuracy intermediate between the GGA and hybrid functionals and a low computational cost.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1955554</t>
+    <t>1955554; 2215705</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>International Union of Crystallography</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>