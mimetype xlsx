--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10521804</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/jimaging9100199</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>AI vs. AI: Can AI Detect AI-Generated Images?</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Baraheem, Samah S; Nguyen, Tam V</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Imaging</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>199</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2313-433X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The proliferation of Artificial Intelligence (AI) models such as Generative Adversarial Networks (GANs) has shown impressive success in image synthesis. Artificial GAN-based synthesized images have been widely spread over the Internet with the advancement in generating naturalistic and photo-realistic images. This might have the ability to improve content and media; however, it also constitutes a threat with regard to legitimacy, authenticity, and security. Moreover, implementing an automated system that is able to detect and recognize GAN-generated images is significant for image synthesis models as an evaluation tool, regardless of the input modality. To this end, we propose a framework for reliably detecting AI-generated images from real ones through Convolutional Neural Networks (CNNs). First, GAN-generated images were collected based on different tasks and different architectures to help with the generalization. Then, transfer learning was applied. Finally, several Class Activation Maps (CAM) were integrated to determine the discriminative regions that guided the classification model in its decision. Our approach achieved 100% on our dataset, i.e., Real or Synthetic Images (RSI), and a superior performance on other datasets and configurations in terms of its accuracy. Hence, it can be used as an evaluation tool in image generation. Our best detector was a pre-trained EfficientNetB4 fine-tuned on our dataset with a batch size of 64 and an initial learning rate of 0.001 for 20 epochs. Adam was used as an optimizer, and learning rate reduction along with data augmentation were incorporated.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2025234</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Multidisciplinary Digital Publishing Institute</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>