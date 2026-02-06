--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10522350</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Deep Spatio-Temporal Encoding: Achieving Higher Accuracy by Aligning with External Real-World Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jiang, Chen; Wang, Wenlu; Li, Jingjing; Pan, Naiqing; Ku, Wei-Shinn</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Spatio-temporal deep learning has drawn a lot of attention since many downstream real-world applications can benefit from accurate predictions. For example, accurate prediction of heavy rainfall events is essential for effective urban water usage, flooding warning, and mitigation. In this paper, we propose a strategy to leverage spatially connected real-world features to enhance prediction accuracy. Specifically, we leverage spatially connected real-world climate data to predict heavy rainfall risks in a broad range in our case study. We experimentally ascertain that our Trans-Graph Convolutional Network (TGCN) accurately predicts heavy rainfall risks and real estate trends, demonstrating the advantage of incorporating external spatially-connected real-world data to improve model performance, and it shows that this proposed study has a significant potential to enhance spatio-temporal prediction accuracy, aiding in efficient urban water usage, flooding risk warning, and fair housing in real estate.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2318641</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Workshop Report</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>CEUR Workshop Proceedings (CEUR-WS.org, ISSN 1613-0073)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>