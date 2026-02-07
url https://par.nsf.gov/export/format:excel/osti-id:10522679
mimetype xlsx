--- v0 (2025-10-31)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10522679</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5194/isprs-archives-XLVI-2-W1-2022-401-2022</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A TWO-STEP FEATURE EXTRACTION ALGORITHM: APPLICATION TO DEEP LEARNING FOR POINT CLOUD CLASSIFICATION</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nurunnabi, A; Teferle, F N; Laefer, D F; Lindenbergh, R C; Hunegnaw, A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The International Archives of the Photogrammetry, Remote Sensing and Spatial Information Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>XLVI-2/W1-2022</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>401 to 408</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2194-9034</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Abstract. Most deep learning (DL) methods that are not end-to-end use several multi-scale and multi-type hand-crafted features that make the network challenging, more computationally intensive and vulnerable to overfitting. Furthermore, reliance on empirically-based feature dimensionality reduction may lead to misclassification. In contrast, efficient feature management can reduce storage and computational complexities, builds better classifiers, and improves overall performance. Principal Component Analysis (PCA) is a well-known dimension reduction technique that has been used for feature extraction. This paper presents a two-step PCA based feature extraction algorithm that employs a variant of feature-based PointNet (Qi et al., 2017a) for point cloud classification. This paper extends the PointNet framework for use on large-scale aerial LiDAR data, and contributes by (i) developing a new feature extraction algorithm, (ii) exploring the impact of dimensionality reduction in feature extraction, and (iii) introducing a non-end-to-end PointNet variant for per point classification in point clouds. This is demonstrated on aerial laser scanning (ALS) point clouds. The algorithm successfully reduces the dimension of the feature space without sacrificing performance, as benchmarked against the original PointNet algorithm. When tested on the well-known Vaihingen data set, the proposed algorithm achieves an Overall Accuracy (OA) of 74.64% by using 9 input vectors and 14 shape features, whereas with the same 9 input vectors and only 5PCs (principal components built by the 14 shape features) it actually achieves a higher OA of 75.36% which demonstrates the effect of efficient dimensionality reduction.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1940145</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ISPRS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>