--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10523071</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Pandemic Culture Wars: Partisan Differences in the Moral Language of COVID-19 Discussions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rao, Ashwin; Guo, Siyi; Wang, Nina; Morstatter, Fred; Lerman, Kristina</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>arXivorg</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2331-8422</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Effective response to pandemics requires coordinated adoption of mitigation measures, like masking and quarantines, to curb a virus's spread. However, as the COVID-19 pandemic demonstrated, political divisions can hinder consensus on the appropriate response. To better understand these divisions, our study examines a vast collection of COVID-19-related tweets. We focus on five contentious issues: coronavirus origins, lockdowns, masking, education, and vaccines. We describe a weakly supervised method to identify issue-relevant tweets and employ state-of-the-art computational methods to analyze moral language and infer political ideology. We explore how partisanship and moral language shape conversations about these issues. Our findings reveal ideological differences in issue salience and moral language used by different groups. We find that conservatives use more negatively-valenced moral language than liberals and that political elites use moral rhetoric to a greater extent than non-elites across most issues. Examining the evolution and moralization on divisive issues can provide valuable insights into the dynamics of COVID-19 discussions and assist policymakers in better understanding the emergence of ideological divisions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2200256</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>arXiv</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>