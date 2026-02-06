--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10523085</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3649825</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CYCLE: Learning to Self-Refine the Code Generation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ding, Yangruibo; Min, Marcus J; Kaiser, Gail; Ray, Baishakhi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>OOPSLA1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>392 to 418</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Pre-trained code language models have achieved promising performance in code generation and improved the programming efficiency of human developers. However, their self-refinement capability is typically overlooked by the existing evaluations of code LMs, which focus only on the accuracy of the one-time prediction. For the cases when code LMs fail to implement the correct program, developers actually find it hard to debug and fix the faulty prediction since it is not written by the developers themselves. Unfortunately, our study reveals that code LMs cannot efficiently self-refine their faulty generations as well.&lt;/p&gt; &lt;p&gt;In this paper, we propose CYCLE framework, learning to self-refine the faulty generation according to the available feedback, such as the execution results reported by the test suites. We evaluate CYCLE on three popular code generation benchmarks, HumanEval, MBPP, and APPS. The results reveal that CYCLE successfully maintains, sometimes improves, the quality of one-time code generation, while significantly improving the self-refinement capability of code LMs. We implement four variants of CYCLE with varied numbers of parameters across 350M, 1B, 2B, and 3B, and the experiments show that CYCLE consistently boosts the code generation performance, by up to 63.5</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2313055; 2247370; 2221943</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>