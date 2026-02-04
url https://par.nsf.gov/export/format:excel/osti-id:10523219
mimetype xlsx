--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10523219</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/1681-7575/ad615f</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Calibrating the global network of gravitational wave observatories via laser power calibration at NIST and PTB</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bhattacharjee, Dripta; Savage, Richard Lenox; Bajpai, Rishabh; Betzwieser, Joseph; Bossilkov, Vladimir; Chen, Dan; Grimaud, Cervane; HIDO, SHINGO; Karki, Sudarshan; Kueck, Stefan; Lagabbe, Paul; Lecher, Holger; Lehman, John H; Llamas, Francisco; Lopez, Marco A; Rolland, Loic; Sanchez, Anthony; Spidell, Matthew; Stephens, Michelle</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Miles, Janet; Bergstrand, Sten; Mana, Giovanni; White, Rod</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Metrologia</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0026-1394</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Current gravitational wave observatories rely on&lt;italic&gt;Photon Calibrators&lt;/italic&gt;(Pcals) that use laser radiation pressure to generate displacement fiducials used to calibrate detector output signals. Reducing calibration uncertainty enables optimal extraction of astrophysical information such as source distance and sky position from detected signals. For the ongoing O4 observation run that started on May 24, 2023, the global gravitational wave detector network is employing a new calibration scheme with transfer standards calibrated at both the National Institute of Standards and Technology (NIST) and the Physikalisch-Technische Bundesanstalt (PTB). These transfer standards will circulate between the observatories and the metrology institutes to provide laser power calibration traceable to the International System of Units (SI) and enable assessment and reduction of relative calibration errors for the observatory network. The Laser Interferometer Gravitational-Wave Observatory (LIGO) project and the Virgo project are currently participating in the new calibration scheme. The Large-scale Cryogenic Gravitational-wave Telescope project (KAGRA) is expected to join in 2024, with the LIGO Aundha Observatory (LAO) in India joining later. Before implementing this new scheme, a NIST-PTB bilateral comparison was conducted. The results of this comparison, with significantly lower uncertainty than previous studies, are reported. We also describe the transfer of power sensor calibration, including detailed uncertainty estimates, from the transfer standards calibrated by NIST and PTB to the sensors operating continuously at the interferometer end stations. Finally, we discuss the ongoing calibration of Pcal-induced displacement fiducials for the O4 observing run. Achieved combined standard uncertainty levels as low as 0.3 % facilitate calibrating the interferometer output signals with sub-percent accuracy.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2309212; 1912598; 2011334</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP Publishing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>