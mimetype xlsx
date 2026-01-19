--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -134,51 +134,51 @@
   <si>
     <t>C</t>
   </si>
   <si>
     <t>131756</t>
   </si>
   <si>
     <t>0927-7757</t>
   </si>
   <si>
     <t>Combined heavy metals and chlorinated organic compounds have been widely reported in industrial wastewater.
 Yet, simultaneous removal of these contaminants remains challenging. In this study, a bi-functional composite
 (TNTs@AC) was prepared based on commercial titanium dioxide (TiO2) and activated carbon (AC) and tested for
 simultaneous removal of Cd(II) and 2-chlorophenol (2-CP). Under the action of high temperature and pressure,
 TiO2 was transformed into titanate nanotubes (TNTs) and bound to AC, and in the meanwhile, nanoscale AC
 particles were patched on the TNTs. In the mixed TNTs and AC phases, TNTs was responsible for taking up Cd(II),
 whereas AC for 2-CP. As such, the relative adsorption capacities of the composite for Cd(II) and 2-CP varied with
 the mass ratio of TiO2:AC, with decent uptakes for both chemicals in the mass ratio rage of 1:3 ~1:1. TNTs@AC
 (prepared at TiO2:AC = 1:1) demonstrated fast sorption kinetics and high sorption capacities for both Cd(II) and
 2-CP, with a maximum Langmuir adsorption capacity of 109 and 52 mg/g, respectively, in the single solute</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2244985</t>
+    <t>2244985; 2041060</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>