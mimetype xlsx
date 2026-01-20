--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,101 +86,89 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10523694</t>
-[...8 lines deleted...]
-    <t>Gupta, Geetak; Ahmadi, Elaheh (ORCID:0000000283309366)</t>
+    <t>10498544</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-07-15T04:00:00Z</t>
-[...16 lines deleted...]
- &lt;p&gt;&lt;bold&gt;Graphical abstract&lt;/bold&gt;&lt;/p&gt;</t>
+    <t>On the Role of the Meridional Jet and Horizontal Potential Vorticity Dipole in the Iowa Derecho of 10 August 2020</t>
+  </si>
+  <si>
+    <t>Hitchman, Matthew H.; and Rowe, Shellie M.</t>
+  </si>
+  <si>
+    <t>2024-04-03T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Monthly weather review</t>
+  </si>
+  <si>
+    <t>0027-0644</t>
+  </si>
+  <si>
+    <t>On 10 August 2020, a derecho caused widespread damage across Iowa and Illinois.  Des Moines station data show that the arrival of the gust front was characterized by an abrupt shift to northerly flow, exceeding 22 m/s for ~ 20 min.  To test the hypothesis that this northerly jet is associated with a horizontal potential vorticity (PV) dipole in the lower troposphere, we investigated the structure of PV in the University of Wisconsin Nonhydrostratic Modeling System (UWNMS) and of absolute vorticity in High Resolution Rapid Refresh (HRRR) forecast analyses.   
+	This structure is described here for the first time.  The negative PV member coincides with the downdraft, while the positive PV member coincides with the updraft, with a northerly jet between. The westerly inflow jet descends anticyclonically in the downdraft, joining with northerly flow from the surface anticyclone.   The resulting northerly outflow jet creates the trailing comma-shaped radar echo.
+	The speed of propagation of the derecho is similar to the westerly wind maximum in the 3-5 km layer associated with the approaching synoptic cyclone, which acts as a steering level for resonant amplification. Idealized diagrams and 3D isosurfaces illustrate the commonality of the PV dipole / northerly jet structure.  Differences in this structure among three model states are related to low-level wind shear theory.   The PV dipole coincides with the pattern of diabatic stretching tendency, which shifts westward and downward relative to the updraft/downdraft with increasing tilt.  The PV dipole can contribute toward dynamical stability in a derecho.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2043803</t>
+    <t>1947658</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>p. 730-737</t>
-[...1 lines deleted...]
-  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Cambridge University Press (CUP)</t>
+    <t>American Meteorological Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -290,96 +278,92 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="P2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
-[...10 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>