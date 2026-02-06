--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10523718</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fdgth.2023.1060828</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Empirical networks for localized COVID-19 interventions using WiFi infrastructure at university campuses</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Das_Swain, Vedant; Xie, Jiajia; Madan, Maanit; Sargolzaei, Sonia; Cai, James; De_Choudhury, Munmun; Abowd, Gregory D; Steimle, Lauren N; Prakash, B Aditya</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Digital Health</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2673-253X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Infectious diseases, like COVID-19, pose serious challenges to university campuses, which typically adopt closure as a non-pharmaceutical intervention to control spread and ensure a gradual return to normalcy. Intervention policies, such as remote instruction (&lt;sans-serif&gt;RI&lt;/sans-serif&gt;) where large classes are offered online, reduce potential contact but also have broad side-effects on campus by hampering the local economy, students’ learning outcomes, and community wellbeing. In this paper, we demonstrate that university policymakers can mitigate these tradeoffs by leveraging anonymized data from their WiFi infrastructure to learn community mobility—a methodology we refer to as&lt;italic&gt;WiFi mobility models&lt;/italic&gt;(&lt;sc&gt;WiMob&lt;/sc&gt;). This approach enables policymakers to explore more granular policies like localized closures (&lt;sans-serif&gt;LC&lt;/sans-serif&gt;).&lt;sc&gt;WiMob&lt;/sc&gt;can construct contact networks that capture behavior in various spaces, highlighting new potential transmission pathways and temporal variation in contact behavior. Additionally,&lt;sc&gt;WiMob&lt;/sc&gt;enables us to design&lt;sans-serif&gt;LC&lt;/sans-serif&gt;policies that close super-spreader locations on campus. By simulating disease spread with contact networks from&lt;sc&gt;WiMob&lt;/sc&gt;, we find that&lt;sans-serif&gt;LC&lt;/sans-serif&gt;maintains the same reduction in cumulative infections as&lt;sans-serif&gt;RI&lt;/sans-serif&gt;while showing greater reduction in peak infections and internal transmission. Moreover,&lt;sans-serif&gt;LC&lt;/sans-serif&gt;reduces campus burden by closing fewer locations, forcing fewer students into completely online schedules, and requiring no additional isolation.&lt;sc&gt;WiMob&lt;/sc&gt;can empower universities to conceive and assess a variety of closure policies to prevent future outbreaks.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2200269; 2106961; 1955883; 2028586</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Frontiers Publishing Group</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>