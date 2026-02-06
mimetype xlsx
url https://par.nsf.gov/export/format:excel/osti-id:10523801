--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10523801</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/bioadv/vbae065</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>danRerLib: a Python package for zebrafish transcriptomics</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Schwartz, Ashley V; Sant, Karilyn E; George, Uduak Z</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Fiston-Lavier, Anna-Sophie</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Bioinformatics Advances</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2635-0041</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;sec&gt;&lt;title&gt;Summary&lt;/title&gt;&lt;p&gt;Understanding the pathways and biological processes underlying differential gene expression is fundamental for characterizing gene expression changes in response to an experimental condition. Zebrafish, with a transcriptome closely mirroring that of humans, are frequently utilized as a model for human development and disease. However, a challenge arises due to the incomplete annotations of zebrafish pathways and biological processes, with more comprehensive annotations existing in humans. This incompleteness may result in biased functional enrichment findings and loss of knowledge. danRerLib, a versatile Python package for zebrafish transcriptomics researchers, overcomes this challenge and provides a suite of tools to be executed in Python including gene ID mapping, orthology mapping for the zebrafish and human taxonomy, and functional enrichment analysis utilizing the latest updated Gene Ontology (GO) and Kyoto Encyclopedia of Genes and Genomes (KEGG) databases. danRerLib enables functional enrichment analysis for GO and KEGG pathways, even when they lack direct zebrafish annotations through the orthology of human-annotated functional annotations. This approach enables researchers to extend their analysis to a wider range of pathways, elucidating additional mechanisms of interest and greater insight into experimental results.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Availability and implementation&lt;/title&gt;&lt;p&gt;danRerLib, along with comprehensive documentation and tutorials, is freely available. The source code is available at https://github.com/sdsucomptox/danrerlib/ with associated documentation and tutorials at https://sdsucomptox.github.io/danrerlib/. The package has been developed with Python 3.9 and is available for installation on the package management systems PIP (https://pypi.org/project/danrerlib/) and Conda (https://anaconda.org/sdsu_comptox/danrerlib) with additional installation instructions on the documentation website.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2240155</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Oxford University Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>