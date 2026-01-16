--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -107,72 +107,66 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10524241</t>
   </si>
   <si>
     <t>https://doi.org/10.1145/3628516.3659369</t>
   </si>
   <si>
     <t>Tools to Support High School Students' Creativity in Scientific Research: Creativity Support Tools for Research</t>
   </si>
   <si>
     <t>Matuk, Camillia; d'Anjou, Bernice; Mansukhani, Pranali; Porteous, Franck; Burgas, Kim; Zerwas, Felicia; Shevchenko, Yury; Dikker, Suzanne</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-06-17T04:00:00Z</t>
   </si>
   <si>
     <t>655-659</t>
   </si>
   <si>
-    <t>9798400704420</t>
-[...1 lines deleted...]
-  <si>
     <t>As a creative endeavor, scientific research requires inspiration, innovation, exploration, and divergent thinking. Yet, in K-12 settings, it is often viewed as rigid and formulaic. MindHive is a web-based platform designed to facilitate student-teacher-scientist partnerships in research on human behavior. Features support research phases (e.g., question finding, study design, peer review, iteration), and their creative dimensions, including exploration, expressiveness, collaboration, and enjoyment. Interviews with teachers and students who used MindHive show how learners describe their experiences as creative agents. This work illustrates how educational technologies can broaden STEM participation by being authentic to methodical and creative aspects of STEM research.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2241751; 1908482</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>ACM</t>
-  </si>
-[...1 lines deleted...]
-    <t>Delft Netherlands</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -297,79 +291,75 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="L2" s="0"/>
-      <c r="M2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="N2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>