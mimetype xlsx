--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10524408</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/aceeff</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Large-scale Evolution of Seconds-long Relativistic Jets from Black Hole–Neutron Star Mergers</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gottlieb, Ore; Issa, Danat; Jacquemin-Ide, Jonatan; Liska, Matthew; Foucart, Francois; Tchekhovskoy, Alexander; Metzger, Brian D; Quataert, Eliot; Perna, Rosalba; Kasen, Daniel; Duez, Matthew D; Kidder, Lawrence E; Pfeiffer, Harald P; Scheel, Mark A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>954</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L21</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present the first numerical simulations that track the evolution of a black hole–neutron star (BH–NS) merger from premerger to&lt;italic&gt;r&lt;/italic&gt;≳ 10&lt;sup&gt;11&lt;/sup&gt;cm. The disk that forms after a merger of mass ratio&lt;italic&gt;q&lt;/italic&gt;= 2 ejects massive disk winds (3–5 × 10&lt;sup&gt;−2&lt;/sup&gt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;). We introduce various postmerger magnetic configurations and find that initial poloidal fields lead to jet launching shortly after the merger. The jet maintains a constant power due to the constancy of the large-scale BH magnetic flux until the disk becomes magnetically arrested (MAD), where the jet power falls off as&lt;italic&gt;L&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;j&lt;/italic&gt;&lt;/sub&gt;∼&lt;italic&gt;t&lt;/italic&gt;&lt;sup&gt;−2&lt;/sup&gt;. All jets inevitably exhibit either excessive luminosity due to rapid MAD activation when the accretion rate is high or excessive duration due to delayed MAD activation compared to typical short gamma-ray bursts (sGRBs). This provides a natural explanation for long sGRBs such as GRB 211211A but also raises a fundamental challenge to our understanding of jet formation in binary mergers. One possible implication is the necessity of higher binary mass ratios or moderate BH spins to launch typical sGRB jets. For postmerger disks with a toroidal magnetic field, dynamo processes delay jet launching such that the jets break out of the disk winds after several seconds. We show for the first time that sGRB jets with initial magnetization&lt;italic&gt;σ&lt;/italic&gt;&lt;sub&gt;0&lt;/sub&gt;&gt; 100 retain significant magnetization (&lt;italic&gt;σ&lt;/italic&gt;≫ 1) at&lt;italic&gt;r&lt;/italic&gt;&gt; 10&lt;sup&gt;10&lt;/sup&gt;cm, emphasizing the importance of magnetic processes in the prompt emission. The jet–wind interaction leads to a power-law angular energy distribution by inflating an energetic cocoon whose emission is studied in a companion paper.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107839; 2031997; 2006839; 2110287; 2209655; 2308615; 1919310</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP Publishing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>