--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10524732</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.scitotenv.2024.173315</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Encrypted data-sharing for preserving privacy in wastewater-based epidemiology</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Driver, Erin M; Ahsan, Manazir; Piske, Lucas; Lee, Heewook; Forrest, Stephanie; Halden, Rolf U; Trieu, Ni</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science of The Total Environment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>940</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>173315</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0048-9697</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The rapidly expanding use of wastewater for public health surveillance requires new strategies to protect privacy rights, while data are collected at increasingly discrete geospatial scales, i.e., city, neighborhood, campus, and building-level. Data collected at high geospatial resolution can inform on labile, short-lived biomarkers, thereby making wastewater-derived data both more actionable and more likely to cause privacy concerns and stigma- tization of subpopulations. Additionally, data sharing restrictions among neighboring cities and communities can complicate efforts to balance public health protections with citizens’ privacy. Here, we have created an encrypted framework that facilitates the sharing of sensitive population health data among entities that lack trust for one another (e.g., between adjacent municipalities with different governance of health monitoring and data sharing). We demonstrate the utility of this approach with two real-world cases. Our results show the feasibility of sharing encrypted data between two municipalities and a laboratory, while performing secure private com- putations for wastewater-based epidemiology (WBE) with high precision, fast speeds, and low data costs. This framework is amenable to other computations used by WBE researchers including population normalized mass loads, fecal indicator normalizations, and quality control measures. The Centers for Disease Control and Pre- vention’s National Wastewater Surveillance System shows ~8 % of the records attributed to collection before the wastewater treatment plant, illustrating an opportunity to further expand currently limited community-level sampling and public health surveillance through security and responsible data-sharing as outlined here.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2115075; 2211750</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>