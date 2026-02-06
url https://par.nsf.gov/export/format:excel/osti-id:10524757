--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10524757</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ace76e</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Galaxy–Halo Connection of DESI Luminous Red Galaxies with Subhalo Abundance Matching</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Berti, Angela M; Dawson, Kyle S; Dominguez, Wilber</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>954</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>131</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We use subhalo abundance and age distribution matching to create magnitude-limited mock galaxy catalogs at&lt;italic&gt;z&lt;/italic&gt;∼ 0.43, 0.52, and 0.63 with&lt;italic&gt;z&lt;/italic&gt;-band and 3.4&lt;italic&gt;μ&lt;/italic&gt;m&lt;italic&gt;W&lt;/italic&gt;1-band absolute magnitudes and&lt;italic&gt;r&lt;/italic&gt;−&lt;italic&gt;z&lt;/italic&gt;and&lt;italic&gt;r&lt;/italic&gt;−&lt;italic&gt;W&lt;/italic&gt;1 colors. From these magnitude-limited mocks, we select mock luminous red galaxy (LRG) samples according to the (&lt;italic&gt;r&lt;/italic&gt;−&lt;italic&gt;z&lt;/italic&gt;)-based (optical) and (&lt;italic&gt;r&lt;/italic&gt;−&lt;italic&gt;W&lt;/italic&gt;1)-based (infrared) selection criteria for the LRG sample of the Dark Energy Spectroscopic Instrument (DESI) survey. Our models reproduce the number densities, luminosity functions, color distributions, and projected clustering of the DESI Legacy Surveys that are the basis for DESI LRG target selection. We predict the halo occupation statistics of both optical and IR DESI LRGs at fixed cosmology and assess the differences between the two LRG samples. We find that IR-based SHAM modeling represents the differences between the optical and IR LRG populations better than using the&lt;italic&gt;z&lt;/italic&gt;band and that age distribution matching overpredicts the clustering of LRGs, implying that galaxy color is uncorrelated with halo age in the LRG regime. Both the optical and IR DESI LRG target selections exclude some of the most luminous galaxies that would appear to be LRGs based on their position on the red sequence in optical color–magnitude space. Both selections also yield populations with a nontrivial LRG–halo connection that does not reach unity for the most massive halos. We find that the IR selection achieves greater completeness (≳90%) than the optical selection across all redshift bins studied.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1950409</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Institute of Physics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>