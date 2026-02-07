--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10525141</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1021/acs.inorgchem.3c04631</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>High-Pressure Polymorphism in Silver Ferrite Delafossite, AgFeO &lt;sub&gt;2&lt;/sub&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Manganaro, Nicholas S; Ambos, Scott D; DeCapua, Matthew; Thiel, Scott D; Mitchell, Wyatt E; Liu, Zhenxian; Zhang, Dongzhou; Nguyen, Phuong_Q H; Lavina, Barbara; Alp, Esen Ercan; Yan, Jun; Walsh, James_P S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Inorganic Chemistry</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>9763 to 9770</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0020-1669</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The delafossites are a class of layered metal oxides that are notable for being able to exhibit optical transparency alongside an in-plane electrical conductivity, making them promising platforms for the development of transparent conductive oxides. Pressure-induced polymorphism offers a direct method for altering the electrical and optical properties in this class, and although the copper delafossites have been studied extensively under pressure, the silver delafossites remain only partially studied. We report two new high-pressure polymorphs of silver ferrite delafossite, AgFeO2, that are stabilized above ∼6 and ∼14 GPa. In situ X-ray diffraction and vibrational spectroscopy measurements are used to examine the structural changes across the two phase transitions. The high-pressure structure between 6 and 14 GPa is assigned as a monoclinic C2/c structure that is analogous to the high-pressure phase reported for AgGaO2. Nuclear resonant forward scattering reveals no change in the spin state or valence state at the Fe3+ site up to 15.3(5) GPa.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2004474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Chemical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>