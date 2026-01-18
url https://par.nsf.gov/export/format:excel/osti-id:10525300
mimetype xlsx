--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -95,72 +95,72 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10525300</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/0013161X241264794</t>
   </si>
   <si>
     <t>Leading Elementary School Science: Taking a Multilevel Distributed Perspective to Explore Leadership Practice</t>
   </si>
   <si>
-    <t>Lyle, Angela_M [University of Michigan, Ann Arbor, MI, USA] (ORCID:0000000348739499); Spillane, James_P [Northwestern University, Evanston, IL, USA]; Haverly, Christa [Northwestern University, Evanston, IL, USA]</t>
+    <t>Lyle, Angela_M (ORCID:0000000348739499); Spillane, James_P; Haverly, Christa</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-07-21T04:00:00Z</t>
   </si>
   <si>
     <t>Educational Administration Quarterly</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>0013-161X</t>
   </si>
   <si>
-    <t>&lt;p&gt;Purpose: Most empirical work using a distributed perspective to frame research on leadership practice uses the school as the unit of analysis, focusing on how leadership is stretched over people and aspects of the situation within schools. This study investigates leadership practice for elementary science, using a multilevel distributed framework, to understand the interrelationships among educational leaders operating at various levels—from classrooms, to schools, to educational systems, and, beyond, to the educational sector. Research Methods/Approach: Using an embedded, comparative case study design, we analyzed leadership practice for elementary science reform in 13 school districts in the U.S. as leaders worked to bridge from the Next Generation Science Standards learning ideals to classroom instruction. Data collection included interviews, observations, and documents. Findings: Leading elementary science reform involved three core components of leadership practice: (1) garnering attention for science in a situation that prioritized the instruction of English Language Arts and mathematics; (2) cultivating and channeling essential relationships not only within the system but also in the broader education sector to access the resources needed to (re)build an educational infrastructure for elementary science instruction; and (3) supporting the use of educational infrastructure in everyday practice in schools. Implications: This study makes the case for using a multilevel distributed leadership perspective to frame studies of leadership practice to understand how efforts at different levels interact in shaping the practice of leadership.&lt;/p&gt;</t>
+    <t>&lt;p&gt;&lt;bold&gt;Purpose:&lt;/bold&gt;Most empirical work using a distributed perspective to frame research on leadership practice uses the school as the unit of analysis, focusing on how leadership is stretched over people and aspects of the situation&lt;italic toggle='yes'&gt;within&lt;/italic&gt;schools. This study investigates leadership practice for elementary science, using a multilevel distributed framework, to understand the interrelationships among educational leaders operating at various levels—from classrooms, to schools, to educational systems, and, beyond, to the educational sector.&lt;bold&gt;Research Methods/Approach:&lt;/bold&gt;Using an embedded, comparative case study design, we analyzed leadership practice for elementary science reform in 13 school districts in the U.S. as leaders worked to bridge from the Next Generation Science Standards learning ideals to classroom instruction. Data collection included interviews, observations, and documents.&lt;bold&gt;Findings:&lt;/bold&gt;Leading elementary science reform involved three core components of leadership practice: (1) garnering attention for science in a situation that prioritized the instruction of English Language Arts and mathematics; (2) cultivating and channeling essential relationships not only within the system but also in the broader education sector to access the resources needed to (re)build an educational infrastructure for elementary science instruction; and (3) supporting the use of educational infrastructure in everyday practice in schools.&lt;bold&gt;Implications:&lt;/bold&gt;This study makes the case for using a multilevel distributed leadership perspective to frame studies of leadership practice to understand how efforts at different levels interact in shaping the practice of leadership.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1761129; 1761057</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 418-451</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>SAGE Publications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>