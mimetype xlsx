--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10525547</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/imb.12871</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The diapausing mosquito &lt;i&gt;Culex pipiens&lt;/i&gt; exhibits reduced levels of &lt;scp&gt;H3K27me2&lt;/scp&gt; in the fat body</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wei, Xueyan; Dhungana, Prabin; Sim, Cheolho</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-09-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Insect Molecular Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0962-1075</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;&lt;italic&gt;Culex pipiens&lt;/italic&gt;, the northern house mosquito, is a major vector of West Nile virus. To survive the severe winter, adult mosquitoes enter a diapause programme. Extended lifespan and an increase in lipid storage are key indicators of diapause. Post‐translational modifications to histone proteins impact the expression of genes and have been linked to the lifespan and energy utilisation of numerous insects. Here, we investigated the potential contribution of epigenetic alterations in initiating diapause in this mosquito species. Multiple sequence alignment of H3 sequences from other insect species demonstrates a high conservation of the H3 histone in&lt;italic&gt;Cx. pipiens&lt;/italic&gt;throughout evolution. We then compared the levels of histone methylation in the ovaries and fat body tissues of diapausing and non‐diapausing&lt;italic&gt;Cx. pipiens&lt;/italic&gt;using western blots. Our data indicate that histone methylation levels in the ovaries of&lt;italic&gt;Cx. pipiens&lt;/italic&gt;do not change during diapause. In contrast, H3K27me2 levels decrease more than twofold in the fat body of diapausing mosquitoes relative to non‐diapausing counterparts. H3K27 methylation plays a crucial role in chromosome activation and inactivation during development in many insect species. This is predominantly governed by polycomb repressor complex 2. Intriguingly, a previous ChIP‐seq study demonstrated that the transcription factor FOXO (Forkhead box O) targets the genes that comprise this complex. In addition, H3K27me2 exhibits dynamic abundance throughout the diapause programme in&lt;italic&gt;Cx. pipiens&lt;/italic&gt;, suggesting its potential role in the initial activation of the diapause programme. This study expands our understanding of the relationship between alterations in epigenetic regulation and diapause.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1944214</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>