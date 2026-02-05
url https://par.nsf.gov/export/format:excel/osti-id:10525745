--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10525745</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/science.adn3245</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A landmark environmental law looks ahead--The Prospect of Using Gene Editing for Deliberate Extinction</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fischman, Robert L; Ruhl, J B; Forester, Brenna R; Lama, Tanya M; Kardos, Marty; Rojas, Grethel Aguilar; Robinson, Nicholas A; Shirey, Patrick D; Lamberti, Gary A; Ando, Amy W; Palumbi, Stephen; Wara, Michael; Schwartz, Mark W; Williamson, Matthew A; Berger-Wolf, Tanya; Beery, Sara; Rolnick, David; Kitzes, Justin; Thau, David; Tuia, Devis; Rubenstein, Daniel; Hickman, Caleb R; Thorstenson, Julie; Kaebnick, Gregory E; Collins, James P; Jayaram, Athmeya; Deleuil, Thomas; Zhao, Ying</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-22T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>382</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6677</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1348 to 1355</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0036-8075</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;In late December 1973, the United States enacted what some would come to call “the pitbull of environmental laws.” In the 50 years since, the formidable regulatory teeth of the Endangered Species Act (ESA) have been credited with considerable successes, obliging agencies to draw upon the best available science to protect species and habitats. Yet human pressures continue to push the planet toward extinctions on a massive scale. With that prospect looming, and with scientific understanding ever changing,&lt;italic&gt;Science&lt;/italic&gt;invited experts to discuss how the ESA has evolved and what its future might hold.&lt;bold&gt;—Brad Wible&lt;/bold&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2317702; 2118240</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>