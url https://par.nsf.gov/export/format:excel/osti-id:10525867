--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10525867</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3652864</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Fairness of Interaction in Ranking under Position, Selection, and Trust Bias</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ovaisi, Zohreh; Saadatpanah, Parsa; Sefati, Shahin; Ohannessian, Mesrob; Zheleva, Elena</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Recommender Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2770-6699</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ranking algorithms in online platforms serve not only users on the demand side, but also items on the supply side. While ranking has traditionally presented items in an order that maximizes their utility to users, the uneven interactions that different items receive as a result of such a ranking can pose item fairness concerns. Moreover, interaction is affected by various forms of bias, two of which have received considerable attention: position bias and selection bias. Position bias occurs due to lower likelihood of observation for items in lower ranked positions. Selection bias occurs because interaction is not possible with items below an arbitrary cutoff position chosen by the front-end application at deployment time (i.e., showing only the top-&lt;italic&gt;k&lt;/italic&gt;items). A less studied, third form of bias, trust bias, is equally important, as it makes interaction dependent on rank even after observation, by influencing the item’s perceived relevance. To capture interaction disparity in the presence of all three biases, in this paper we introduce a flexible fairness metric. Using this metric, we develop a post-processing algorithm that optimizes fairness in ranking through greedy exploration and allows a tradeoff between fairness and utility. Our algorithm outperforms state-of-the-art fair ranking algorithms on several datasets.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2217023; 2047899</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>