--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10526447</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.33232/001c.116170</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>High mass function ellipsoidal variables in the Gaia Focused Product Release: searching for black hole candidates in the binary zoo</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rowan, Dominick M; Thompson, Todd A; Jayasinghe, Tharindu; Kochanek, Christopher S; Stanek, Krzysztof Z</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Open Journal of Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2565-6120</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The recent Gaia Focused Product Release contains radial velocity time-series for more than 9,000 Gaia long-period photometric variables. Here we search for binary systems with large radial velocity amplitudes to identify candidates with massive, unseen companions. Eight targets have binary mass function&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mi&gt;f&lt;/mi&gt;&lt;mrow&gt;&lt;mo form='prefix' stretchy='true'&gt;(&lt;/mo&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;mo form='postfix' stretchy='true'&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;mo&gt;&gt;&lt;/mo&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;mspace width='0.222em'/&gt;&lt;msub&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;mo&gt;⊙&lt;/mo&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/math&gt;, three of which are eclipsing binaries. The remaining five show evidence of ellipsoidal modulations. We fit spectroscopic orbit models to the Gaia radial velocities, and fit the spectral energy distributions of three targets. For the two systems most likely to host dark companions, J0946 and J1640, we use PHOEBE to fit the ASAS-SN light curves and Gaia radial velocities. The derived companion masses are&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mo&gt;&gt;&lt;/mo&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;msub&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;mo&gt;⊙&lt;/mo&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/math&gt;, but the high Galactic dust extinctions towards these objects limit our ability to rule out main sequence companions or subgiants hotter than the photometric primaries. These systems are similar to other stellar-mass black hole impostors, notably the Unicorn (V723 Mon) and the Giraffe (2M04123153+6738486). While it is possible that J1640 and J0946 are similar examples of stripped giant star binaries, high-resolution spectra can be used to determine the nature of their companions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2307385; 1908570</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Open Journal of Astrophysics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>