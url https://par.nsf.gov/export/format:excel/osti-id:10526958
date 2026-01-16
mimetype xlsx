--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-07-26T04:00:00Z</t>
   </si>
   <si>
     <t>The Astronomical Journal</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0004-6256</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;We report the discovery of a close-in (&lt;italic&gt;P&lt;/italic&gt;&lt;sub&gt;orb&lt;/sub&gt;= 3.349 days) warm Neptune with clear transit timing variations (TTVs) orbiting the nearby (&lt;italic&gt;d&lt;/italic&gt;= 47.3 pc) active M4 star, TOI-2015. We characterize the planet's properties using Transiting Exoplanet Survey Satellite (TESS) photometry, precise near-infrared radial velocities (RVs) with the Habitable-zone Planet Finder Spectrograph, ground-based photometry, and high-contrast imaging. A joint photometry and RV fit yields a radius&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;p&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;3.37&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.20&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.15&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.33em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊕&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;, mass&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;p&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;16.4&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;4.1&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;4.1&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.33em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊕&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;, and density&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;ρ&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;p&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mspace width='0.25em'/&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;2.32&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.37&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.38&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.33em'/&gt;&lt;mi mathvariant='normal'&gt;g&lt;/mi&gt;&lt;mspace width='0.33em'/&gt;&lt;msup&gt;&lt;mrow&gt;&lt;mi&gt;cm&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;/math&gt;&lt;/inline-formula&gt;for TOI-2015 b, suggesting a likely volatile-rich planet. The young, active host star has a rotation period of&lt;italic&gt;P&lt;/italic&gt;&lt;sub&gt;rot&lt;/sub&gt;= 8.7 ± 0.9 days and associated rotation-based age estimate of 1.1 ± 0.1 Gyr. Though no other transiting planets are seen in the TESS data, the system shows clear TTVs of super-period&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;P&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;sup&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;≈&lt;/mo&gt;&lt;mn&gt;430&lt;/mn&gt;&lt;mspace width='0.33em'/&gt;&lt;mi&gt;days&lt;/mi&gt;&lt;/math&gt;&lt;/inline-formula&gt;and amplitude ∼100 minutes. After considering multiple likely period-ratio models, we show an outer planet candidate near a 2:1 resonance can explain the observed TTVs while offering a dynamically stable solution. However, other possible two-planet solutions—including 3:2 and 4:3 resonances—cannot be conclusively excluded without further observations. Assuming a 2:1 resonance in the joint TTV-RV modeling suggests a mass of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;b&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;13.3&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;4.5&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;4.7&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.33em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊕&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;for TOI-2015 b and&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;c&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;6.8&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;2.3&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;3.5&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.33em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊕&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;for the outer candidate. Additional transit and RV observations will be beneficial to explicitly identify the resonance and further characterize the properties of the system.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2108493; 2108569; 2108512; 2108801</t>
+    <t>2108493; 2108569; 2108512; 2108801; 2538457; 2108616</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Article No. 93</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>