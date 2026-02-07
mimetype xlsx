--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10527243</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3643777</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Java JIT Testing with Template Extraction</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zang, Zhiqiang; Yu, Fu-Yao; Thimmaiah, Aditya; Shi, August; Gligoric, Milos</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Software Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>FSE</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1129 to 1151</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2994-970X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We present LeJit, a template-based framework for testing Java just-in-time (JIT) compilers. Like recent template-based frameworks, LeJit executes a template---a program with holes to be filled---to generate concrete programs given as inputs to Java JIT compilers. LeJit automatically generates template programs from existing Java code by converting expressions to holes, as well as generating necessary glue code (i.e., code that generates instances of non-primitive types) to make generated templates executable. We have successfully used LeJit to test a range of popular Java JIT compilers, revealing five bugs in HotSpot, nine bugs in OpenJ9, and one bug in GraalVM. All of these bugs have been confirmed by Oracle and IBM developers, and 11 of these bugs were previously unknown, including two CVEs (Common Vulnerabilities and Exposures). Our comparison with several existing approaches shows that LeJit is complementary to them and is a powerful technique for ensuring Java JIT compiler correctness.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2313027; 2217696; 2107291</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>