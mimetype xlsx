--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2041-1723</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Soils are a principal global reservoir of mercury (Hg), a neurotoxic pollutant that is accumulating through anthropogenic emissions to the atmosphere and subsequent deposition to terrestrial ecosystems. The fate of Hg in global soils remains uncertain, however, particularly to what degree Hg is re-emitted back to the atmosphere as gaseous elemental mercury (GEM). Here we use fallout radionuclide (FRN) chronometry to directly measure Hg accumulation rates in soils. By comparing these rates with measured atmospheric fluxes in a mass balance approach, we show that representative Arctic, boreal, temperate, and tropical soils are quantitatively efficient at retaining anthropogenic Hg. Potential for significant GEM re-emission appears limited to a minority of coniferous soils, calling into question global models that assume strong re-emission of legacy Hg from soils. FRN chronometry poses a powerful tool to reconstruct terrestrial Hg accumulation across larger spatial scales than previously possible, while offering insights into the susceptibility of Hg mobilization from different soil environments.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2012403; 2027038; 2027019; 2329941; 1831952</t>
+    <t>2012403; 2027038; 2027019; 2329941; 1831952; 2116471</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>