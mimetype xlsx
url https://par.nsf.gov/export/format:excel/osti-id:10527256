--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -92,84 +92,78 @@
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10527256</t>
   </si>
   <si>
     <t>https://doi.org/10.21227/fgb9-qs51</t>
   </si>
   <si>
-    <t>CloudPatch-7 Hyperspectral Dataset</t>
-[...2 lines deleted...]
-    <t>Yan, Hua Yan; Zheng, Rachel Zheng; Boehm, Brandon Boehm; Shaga, Sameer Shaga; Black, Derienne Black; Russell, Randy Russell; Kursun, Olcay Kursun</t>
+    <t>CloudPatch-7 Hyperspectral Image Dataset</t>
+  </si>
+  <si>
+    <t>Yan, Hua Yan; Zheng, Rachel Zheng; Mallela, Shivaji; Boehm, Brandon Boehm; Shaga, Sameer Shaga; Black, Derienne Black; Russell, Randy Russell; Ceuva-Parra, Luis; Kursun, Olcay Kursun</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-07-03T04:00:00Z</t>
   </si>
   <si>
     <t>The CloudPatch-7 Hyperspectral Dataset comprises a manually curated collection of hyperspectral images, focused on pixel classification of atmospheric cloud classes. This labeled dataset features 380 patches, each a 50x50 pixel grid, derived from 28 larger, unlabeled parent images approximately 5000x1500 pixels in size. Captured using the Resonon PIKA XC2 camera, these images span 462 spectral bands from 400 to 1000 nm. Each patch is extracted from a parent image ensuring that its pixels fall within one of seven atmospheric conditions: Dense Dark Cumuliform Cloud, Dense Bright Cumuliform Cloud, Semi-transparent Cumuliform Cloud, Dense Cirroform Cloud, Semi-transparent Cirroform Cloud, Clear Sky - Low Aerosol Scattering (dark), and Clear Sky - Moderate to High Aerosol Scattering (bright). Incorporating contextual information from surrounding pixels enhances pixel classification into these 7 classes, making this dataset a valuable resource for spectral analysis, environmental monitoring, atmospheric science research, and testing machine learning applications that require contextual data. Parent images are very big in size, but they can be made available upon request.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2003740</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>IEEE DataPort</t>
-  </si>
-[...4 lines deleted...]
-    <t>Auburn University at Montgomery</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -322,49 +316,45 @@
         <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="X2" s="0"/>
-      <c r="Y2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="Y2" s="0"/>
+      <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>