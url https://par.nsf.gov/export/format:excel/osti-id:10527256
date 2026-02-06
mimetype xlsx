--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10527256</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.21227/fgb9-qs51</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CloudPatch-7 Hyperspectral Image Dataset</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yan, Hua Yan; Zheng, Rachel Zheng; Mallela, Shivaji; Boehm, Brandon Boehm; Shaga, Sameer Shaga; Black, Derienne Black; Russell, Randy Russell; Ceuva-Parra, Luis; Kursun, Olcay Kursun</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The CloudPatch-7 Hyperspectral Dataset comprises a manually curated collection of hyperspectral images, focused on pixel classification of atmospheric cloud classes. This labeled dataset features 380 patches, each a 50x50 pixel grid, derived from 28 larger, unlabeled parent images approximately 5000x1500 pixels in size. Captured using the Resonon PIKA XC2 camera, these images span 462 spectral bands from 400 to 1000 nm. Each patch is extracted from a parent image ensuring that its pixels fall within one of seven atmospheric conditions: Dense Dark Cumuliform Cloud, Dense Bright Cumuliform Cloud, Semi-transparent Cumuliform Cloud, Dense Cirroform Cloud, Semi-transparent Cirroform Cloud, Clear Sky - Low Aerosol Scattering (dark), and Clear Sky - Moderate to High Aerosol Scattering (bright). Incorporating contextual information from surrounding pixels enhances pixel classification into these 7 classes, making this dataset a valuable resource for spectral analysis, environmental monitoring, atmospheric science research, and testing machine learning applications that require contextual data. Parent images are very big in size, but they can be made available upon request.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2003740</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dataset</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE DataPort</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>