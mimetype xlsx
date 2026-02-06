--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,168 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...116 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -182,181 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10527258</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.21227/75e3-4e88</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CloudRadianceHSI</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Russell, Randy; Kursun, Olcay</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This dataset includes 30 hyperspectral cloud images captured during the Summer and Fall of 2022 at Auburn University at Montgomery, Alabama, USA (Latitude N, Longitude W) using aResonon Pika XC2 Hyperspectral Imaging Camera. Utilizing the Spectronon software, the images were recorded with integration times between 9.0-12.0 ms, a frame rate of approximately 45 Hz, and a scan rate of 0.93 degrees per second. The images are calibrated to give spectral radiance in microflicks at 462 spectral bands in the 400 – 1000 nm wavelength region with a spectral resolution of 1.9 nm. A 17 m focal length objective lens was used giving a field of view equal to 30.8 degrees and an integration field of view of 0.71 mrad. These settings enable detailed spectral analysis of both dynamic cloud formations and clear sky conditions. Funded by NSF grant 2003740, this dataset is designed to advance understanding of diffuse solar radiation as influenced by cloud coverage.  The dataset is organized into 30 folders, each containing a hyperspectral image file (.bip), a header file (.hdr) with metadata, and an RGB render for visual inspection. Additional metadata, including date, time, central pixel azimuth, and altitude, are cataloged in an accompanying MS Excel file. A custom Python program is also provided to facilitate the reading and display of the HSI files.  The images can also be read and analyzed using the free version of the Spectron software available at https://resonon.com/software.
+To enrich this dataset, we have added a supplementary ZIP file containing multispectral (4-channel) image versions of the original hyperspectral scenes, together with the corresponding per-pixel photon flux and spectral radiance values computed from the full spectrum. These additions extend the dataset’s utility for machine learning and data fusion research by enabling comparative analysis between reduced-band multispectral imagery and full-spectrum hyperspectral data.
+The ExpandAI Challenge task is to develop models capable of predicting photon flux and radiance—derived from all 462 hyperspectral bands—using only the four multispectral channels. This benchmark aims to stimulate innovation in spectral information recovery, spectral-spatial inference, and physically informed deep learning for atmospheric imaging applications.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2003740; 2435093</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dataset</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE DataPort</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>