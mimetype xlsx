--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10527970</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ISTAS55053.2022.10227117</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring the Perceptions of Professional Values among First-Year Engineering Students: A Cross-Cultural Comparison</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gammon, Andrea; Zhu, Qin; Streiner, Scott; Clancy, Rockwell; Thorpe, Ryan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 5</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-6654-8410-7</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In the engineering ethics education literature, there has recently been increasing interest in longitudinal studies of engineering students’ moral development. Understanding how first-year engineering students perceive ethics can provide baseline information critical for understanding their moral development during their subsequent journey in engineering learning. Existing studies have mainly examined how first-year engineering students perceive the structure and elements of ethics curricula, pregiven ethics scenarios, what personal ethical beliefs and specific political ideals they hold (e.g., fairness and political involvement), and institutional ethical climates. Complementary to existing studies, our project surveyed how first-year engineering students perceive professional ethical values. Specifically, we asked students to list the three most important values for defining a good engineer. This question responds to a gap in existing engineering ethics literature that engineering students’ perceptions (especially first-year students) of professional virtues and values are not sufficiently addressed. We argue that designing effective and engaged ethics education experiences needs to consider the professional values perceived by students and how these values are related to the values communicated in the engineering curriculum. This paper is part of a larger project that compares how engineering students develop moral reasoning and intuition longitudinally across three cultures/countries: the United States, Netherlands, and China. We hope that findings from this paper can be useful for engineering educators to reflect on and design subsequent ethics education programs that are more responsive to students’ perceptions of professional values when beginning an engineering program.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2124984</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Hong Kong, Hong Kong</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>